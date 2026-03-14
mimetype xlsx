--- v0 (2026-01-28)
+++ v1 (2026-03-14)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>EVA LUCENA</t>
   </si>
   <si>
-    <t>https://sapl.saomamede.pb.leg.br/media/</t>
+    <t>http://sapl.saomamede.pb.leg.br/media/</t>
   </si>
   <si>
     <t>Indica ao Excelentíssimo Senhor Prefeito Constitucional do Município de São Mamede - PB, a criação da Secretaria de Políticas Públicas para as Mulheres de São Mamede - PB.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>RONIVON GAMBARRA</t>
   </si>
   <si>
     <t>INDICA ao Prefeito de São Mamede - PB sobre a disponibilização, por parte do Poder Executivo Municipal, de um caminhão de sucção destinado ao _x000D_
 esgotamento de fossas sépticas na zona rural do Município de São Mamede – PB, e dá outras providências.</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>LUÍZA SÁTYRO</t>
@@ -363,51 +363,51 @@
   <si>
     <t>90</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Francisco das Chagas Lopes de Souza Filho</t>
   </si>
   <si>
     <t>SEGUNDA VOTAÇÃO: Dispõe sobre o estatuto dos servidores públicos de São Mamede/PB e dá outras providências.</t>
   </si>
   <si>
     <t>PLOLG</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>JÚNIOR DE TOQUINHO, EVA LUCENA, LUÍZA SÁTYRO, RONIVON GAMBARRA</t>
   </si>
   <si>
-    <t>https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_do_legislativo_n.o_001_2025_-_atualizacao_de_vencimentos_e_gratificacoes.pdf</t>
+    <t>http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_do_legislativo_n.o_001_2025_-_atualizacao_de_vencimentos_e_gratificacoes.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a atualização de vencimentos e gratificações dos funcionários ocupantes de cargo efetivo e de provimento em comissão da Câmara de Vereadores do Município de São Mamede PB para o Exercício Financeiro/2025, e dá providências correlatas”.</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>PROFESSOR GERLÚCIO, EVA LUCENA, JÚNIOR DE TOQUINHO, LUÍZA SÁTYRO, NEOCLÉCIO BATISTA, RONIVON GAMBARRA</t>
   </si>
   <si>
     <t>Declara o Professor e educador João Medeiros de Araújo - Joãozinho de Bié (in memorian), PATRONO DA EDUCAÇÃO DE SÃO MAMEDE/PB.</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Institui a Comenda Professor João Medeiros de Araújo - Joãozinho de Bié, e dispõe sobre a sua regulamentação.</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>Altera o art. 5º da Lei Municipal n.º 1.147/2024, que dispõe sobre “emissão de carteirinhas de identificação para os portadores de fibromialgia e assegura direitos especiais aos portadores dessa síndrome no município de São Mamede - PB, e dá outras providências.”</t>
   </si>
@@ -657,84 +657,84 @@
   <si>
     <t>LUÍZA SÁTYRO, EVA LUCENA, JÚNIOR DE TOQUINHO, MAZZAROPE, NEOCLÉCIO BATISTA, PROFESSOR GERLÚCIO, RONIVON GAMBARRA, VÉI DA MUDA, VEVE DE IRAN</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão da Comenda Inácio Bento de Morais ao Reverendíssimo Padre Bruno de Araújo Lucena e dá outras providências.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Dispõe sobre o Regimento Interno do Poder Legislativo do Município de São Mamede/PB, e dá outras providências.</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/3/requerimento_no_01_2025_-_presenca_da_assessora_juridica.pdf</t>
+    <t>http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/3/requerimento_no_01_2025_-_presenca_da_assessora_juridica.pdf</t>
   </si>
   <si>
     <t>Solicitação: Solicito a presença da Assessora Jurídica nas sessões ordinárias, extraordinárias, solenes e reuniões das comissões internas desta Casa Legislativa.</t>
   </si>
   <si>
-    <t>https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/4/requerimento_no_02_2025_-_interdicao_de_uma_das_vias_da_av._francisco_de_assis_medeiros.pdf</t>
+    <t>http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/4/requerimento_no_02_2025_-_interdicao_de_uma_das_vias_da_av._francisco_de_assis_medeiros.pdf</t>
   </si>
   <si>
     <t>Solicitação: Que seja interditada uma das vias da Av. Francisco de Assis Medeiros, de segunda a sexta-feira, no horário das 17:00h às 20:00h, para a prática de esportes, como: caminhada, corrida e pedal.</t>
   </si>
   <si>
-    <t>https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/5/requerimento_no_03_2025_-_vistoria_na_problematica_de_escoamento_proximo_as_casas_do_sr._rivanio_e_caboclo_mototaxi.pdf</t>
+    <t>http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/5/requerimento_no_03_2025_-_vistoria_na_problematica_de_escoamento_proximo_as_casas_do_sr._rivanio_e_caboclo_mototaxi.pdf</t>
   </si>
   <si>
     <t>Solicitação: Que seja realizada uma vistoria in loco, pela Secretaria de Infraestrutura da Prefeitura Municipal de São Mamede - PB, na Rua Venâncio Neiva, próximo às casas do Sr. Rivânio e do Sr. Caboclo Moto Táxi, visando buscar uma solução para a problemática do escoamento de águas naquela localidade.</t>
   </si>
   <si>
-    <t>https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/6/requerimento_no_04_2025_-_solucao_para_vala_aberta_na_rua_severino_neves_de_araujo.pdf</t>
+    <t>http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/6/requerimento_no_04_2025_-_solucao_para_vala_aberta_na_rua_severino_neves_de_araujo.pdf</t>
   </si>
   <si>
     <t>Solicitação: Que sejam tomadas as devidas providências para solucionar a situação de uma vala aberta na Rua Severino Neves de Araújo, que tem causado transtornos aos moradores e pedestres que transitam pela via.</t>
   </si>
   <si>
     <t>PROFESSOR GERLÚCIO, VEVE DE IRAN</t>
   </si>
   <si>
-    <t>https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/7/requerimento_no_05_2025_-_atualizacao_do_regimento_interno_da_camara_municipal_de_sao_mamede.pdf</t>
+    <t>http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/7/requerimento_no_05_2025_-_atualizacao_do_regimento_interno_da_camara_municipal_de_sao_mamede.pdf</t>
   </si>
   <si>
     <t>Solicitação: Que sejam tomadas as providências necessárias para a atualização do Regimento Interno da Câmara Municipal de São Mamede - PB.</t>
   </si>
   <si>
-    <t>https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/8/requerimento_no_06_2025_-_melhoramento_na_iluminacao_publica_da_rua_luiz_xavier_e_do_lot._mizael_de_oliveira.pdf</t>
+    <t>http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/8/requerimento_no_06_2025_-_melhoramento_na_iluminacao_publica_da_rua_luiz_xavier_e_do_lot._mizael_de_oliveira.pdf</t>
   </si>
   <si>
     <t>Solicitação: Solicita melhorias na iluminação pública da Rua Luiz Xavier de Andrade, assim como, no Loteamento Mizael de Oliveira e solicita a implantação de um poste com luminária na Rua Antônio Ferreira de Freitas.</t>
   </si>
   <si>
     <t>Solicita o esgotamento de um fosso que está transbordando por trás da Rua Santos Dumont, assim como, solicito que seja feita uma limpeza no local, pois a vegetação está muito grande, devido ao período chuvoso.</t>
   </si>
   <si>
     <t>Solicita a realocação da Cozinha Comunitária de nossa cidade.</t>
   </si>
   <si>
     <t>Solicita que seja analisada a possibilidade de realizar passeio com os idosos do ILPI, como forma de promover a interação social e o bem-estar destes.</t>
   </si>
   <si>
     <t>Solicita a pintura de um redutor de velocidade na Rua Luiz Xavier de Andrade, tendo em vista a necessidade de garantir maior visibilidade e segurança para condutores e pedestres que trafegam por essa via.</t>
   </si>
   <si>
     <t>Solicita a abertura do Mercado Público Municipal "Francisco de Assis Gomes" nos seguintes horários: das 06:00h às 11:00h e das 13h30min às 17:00h.</t>
   </si>
   <si>
     <t>Solicita a construção de faixa elevada de pedestres, defronte às Escolas Francisco Pergentino de Araújo Filho e Lúcia de Fátima Morais de Lucena.</t>
   </si>
   <si>
     <t>Solicita a criação do Conselho Municipal de Políticas Públicas para as mulheres, com composição paritária entre representantes do governo municipal e da sociedade civil, conforme legislação vigente e em conformidade com os princípios da equidade de gênero.</t>
   </si>
@@ -1104,57 +1104,57 @@
   <si>
     <t>170</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>Solicita a realização de ciranda de serviços no Conjunto Alonso Alves.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>MAZZAROPE, EVA LUCENA</t>
   </si>
   <si>
     <t>Solicita a realização de reparos no Portal de Entrada da cidade de São Mamede (via RN / PB-251)</t>
   </si>
   <si>
     <t>PLOEX</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinário do Executivo</t>
   </si>
   <si>
-    <t>https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/1/projeto_de_lei_do_executivo_no_01_2025.pdf</t>
+    <t>http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/1/projeto_de_lei_do_executivo_no_01_2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA REMANEJAMENTO TOTAL OU PARCIAL DE DOTAÇÕES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
-    <t>https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/9/projeto_de_lei_do_executivo_n.o_02_2025.pdf</t>
+    <t>http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/9/projeto_de_lei_do_executivo_n.o_02_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a atualização de vencimentos e gratificações dos funcionários ocupantes de cargo de provimento efetivo e de provimento em comissão do Município de São Mamede - PB para o Exercício Financeiro/2025, e dá outras providências correlatas.</t>
   </si>
   <si>
     <t>Institui o Programa “Educador Social Voluntário”, no município de São Mamede  -PB, e dá providências.</t>
   </si>
   <si>
     <t>Institui o Programa de Recuperação Fiscal (REFIS - MUNICIPAL/SÃO MAMEDE-PB), modificando os prazos para o parcelamento de créditos tributários, concede anistia de juros, multas e correção monetária, e dá outras providências.</t>
   </si>
   <si>
     <t>Abre crédito especial ao orçamento do corrente exercício de 2025, destinado ao Programa Educador Social Voluntário, para fins que menciona, e dá outras providências.</t>
   </si>
   <si>
     <t>Abre crédito especial ao Orçamento do correte Exercício 2025, destinado a Subvenção para APAMI - Reforma da Unidade de Atenção Especializada em Saúde - Hospital Associação de Proteção à Maternidade e Infância de São Mamede - APAMI, para fins que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>Dispõe sobre a criação de Instituição de Longa Permanência para Idosos - ILPI no município de São Mamede - PB, denominada por “Casa de Acolhimento para idosos João Izidoro de Andrade”, e dá outras providências.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o Exercício de 2026, e dá outras providências.</t>
   </si>
@@ -1206,96 +1206,96 @@
   <si>
     <t>Abre crédito especial ao orçamento do corrente exercício de 2025, destinado ao INCREMENTO MAC - (EMENDA COMISSÃO), para fins que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
     <t>Abre crédito especial ao orçamento do corrente exercício de 2025, destinado ao INCREMENTO PAP - (EMENDA COMISSÃO), para fins que menciona e dá outras providências.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
     <t>Altera os dispositivos da Lei Municipal n.º 1.181 de 11 de dezembro de 2024, que institui Incentivo Financeiro Variável por desempenho no âmbito da Atenção Primária à Saúde, para adequá-la às disposições da portaria GM/MS n.º 3.493/2024 e suas alterações, e dá outras providências.</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/22/no_03-2025__emenda_ao_projeto_de_lei_do_executivo.pdf</t>
+    <t>http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/22/no_03-2025__emenda_ao_projeto_de_lei_do_executivo.pdf</t>
   </si>
   <si>
     <t>INSTITUI O PROGRAMA EDUCADOR SOCIAL VOLUNTÁRIO NO MUNICÍPIO DE SÃO MAMEDE-PB, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>VET</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>COLJ - COMISSÃO DE ORGANIZAÇÃO LEGISLAÇÃO E JUSTIÇA</t>
   </si>
   <si>
-    <t>https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/83/parecer_sobre_veto_do_projeto_de_lei_legislativo_-_07.2025.pdf</t>
+    <t>http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/83/parecer_sobre_veto_do_projeto_de_lei_legislativo_-_07.2025.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei do Legislativo nº 07/2025.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/84/parecer_sobre_veto_do_projeto_de_lei_legislativo_-_09.2025.pdf</t>
+    <t>http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/84/parecer_sobre_veto_do_projeto_de_lei_legislativo_-_09.2025.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei do Legislativo nº 09/2025.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/85/parecer_sobre_veto_do_projeto_de_lei_legislativo_-_11.2025.pdf</t>
+    <t>http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/85/parecer_sobre_veto_do_projeto_de_lei_legislativo_-_11.2025.pdf</t>
   </si>
   <si>
     <t>Veto Total ao Projeto de Lei do Legislativo nº 11/2025.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/86/parecer_sobre_veto_do_projeto_de_lei_legislativo_-_12.2025.pdf</t>
+    <t>http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/86/parecer_sobre_veto_do_projeto_de_lei_legislativo_-_12.2025.pdf</t>
   </si>
   <si>
     <t>Veto total ao Projeto de Lei do Legislativo n.º 12/2025.</t>
   </si>
   <si>
     <t>DEC</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Concede o título de cidadã sãomamedense à Srta. Amanda Vanderleia da Silva.</t>
   </si>
   <si>
     <t>Concede o Título de Cidadão sãomamedense ao jovem Daniel dos Santos Silva.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>MOP</t>
   </si>
   <si>
     <t>Moção de Pesar</t>
   </si>
@@ -1626,68 +1626,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_do_legislativo_n.o_001_2025_-_atualizacao_de_vencimentos_e_gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/3/requerimento_no_01_2025_-_presenca_da_assessora_juridica.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/4/requerimento_no_02_2025_-_interdicao_de_uma_das_vias_da_av._francisco_de_assis_medeiros.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/5/requerimento_no_03_2025_-_vistoria_na_problematica_de_escoamento_proximo_as_casas_do_sr._rivanio_e_caboclo_mototaxi.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/6/requerimento_no_04_2025_-_solucao_para_vala_aberta_na_rua_severino_neves_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/7/requerimento_no_05_2025_-_atualizacao_do_regimento_interno_da_camara_municipal_de_sao_mamede.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/8/requerimento_no_06_2025_-_melhoramento_na_iluminacao_publica_da_rua_luiz_xavier_e_do_lot._mizael_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/1/projeto_de_lei_do_executivo_no_01_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/9/projeto_de_lei_do_executivo_n.o_02_2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/22/no_03-2025__emenda_ao_projeto_de_lei_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/83/parecer_sobre_veto_do_projeto_de_lei_legislativo_-_07.2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/84/parecer_sobre_veto_do_projeto_de_lei_legislativo_-_09.2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/85/parecer_sobre_veto_do_projeto_de_lei_legislativo_-_11.2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/86/parecer_sobre_veto_do_projeto_de_lei_legislativo_-_12.2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/2/projeto_de_lei_do_legislativo_n.o_001_2025_-_atualizacao_de_vencimentos_e_gratificacoes.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/3/requerimento_no_01_2025_-_presenca_da_assessora_juridica.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/4/requerimento_no_02_2025_-_interdicao_de_uma_das_vias_da_av._francisco_de_assis_medeiros.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/5/requerimento_no_03_2025_-_vistoria_na_problematica_de_escoamento_proximo_as_casas_do_sr._rivanio_e_caboclo_mototaxi.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/6/requerimento_no_04_2025_-_solucao_para_vala_aberta_na_rua_severino_neves_de_araujo.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/7/requerimento_no_05_2025_-_atualizacao_do_regimento_interno_da_camara_municipal_de_sao_mamede.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/8/requerimento_no_06_2025_-_melhoramento_na_iluminacao_publica_da_rua_luiz_xavier_e_do_lot._mizael_de_oliveira.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/1/projeto_de_lei_do_executivo_no_01_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/9/projeto_de_lei_do_executivo_n.o_02_2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/22/no_03-2025__emenda_ao_projeto_de_lei_do_executivo.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/83/parecer_sobre_veto_do_projeto_de_lei_legislativo_-_07.2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/84/parecer_sobre_veto_do_projeto_de_lei_legislativo_-_09.2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/85/parecer_sobre_veto_do_projeto_de_lei_legislativo_-_11.2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/sapl/public/materialegislativa/2025/86/parecer_sobre_veto_do_projeto_de_lei_legislativo_-_12.2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.saomamede.pb.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H173"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="143.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="189.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="188.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>